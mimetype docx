--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,2330 +1,3413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...44 lines deleted...]
-        <w:t>Бекітілген</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">постановлением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 18 августа 2014 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 43/05</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою" мемлекеттік көрсетілетін қызмет регламенті</w:t>
+        <w:t>Регламент государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" (далее – государственная услуга) оказывается на основании </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>стандартына</w:t>
+          <w:t>Стандарта</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі стандарт) Қарағанды облысы қаланың, аудандардың жергілікті атқарушы органдары, қаладағы аудан, облыстық, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімдерімен (бұдан әрі – көрсетілетін қызметті беруші) көрсетіледі. Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижесін </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации", утвержденного постановлением Правительства Республики Казахстан от 23 мая 2014 года № 538 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере дошкольного и среднего образования" (далее – стандарт) местными исполнительными органами города, района, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района в городе, города областного, районного значения, поселка, села, сельского округа Карагандинской области (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Прием заявлений и выдача результата оказания государственной услуги осуществляются </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>через:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="z16"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="z17"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) центр обслуживания населения (далее – ЦОН);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="z18"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) веб-портал "электронного правительства": www.e.gov.kz (далее – портал).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="z19"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Форма оказания государственной услуги: электронная/бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="z20"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t>      3. Мемлекеттік қызмет көрсету нәтижесі - кезекке қою, бұл туралы қызметті алушыға кезектілік нөмірі көрсетілген қолхат беру.</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Результатом оказания государственной услуги является постановка на очередь, о чем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка с указанием номера очередности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Мемлекеттік қызмет көрсету процесінде құрылымдық бөлімшелер (қызметкерлер) мен көрсетілетін қызметті берушінің іс-қимыл тәртібін сипаттау</w:t>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Основанием для начала процедуры (действия), по оказанию государственной услуги является наличие заявления по форме, установленной в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1 қосымшасында</w:t>
+          <w:t>приложении 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Стандарту или запроса в форме электронного документа, удостоверенного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="z23"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность его выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и регистрацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>көшірмелерді құжаттардың түпнұсқаларымен салыстырады, түпнұсқаларды стандарттың </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+        <w:t xml:space="preserve">полученных от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, сверяет копии документов с оригиналами документов, возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с распиской о приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағына</w:t>
+          <w:t>пункту 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> стандарта, либо отказ в приеме заявления по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшасына</w:t>
+          <w:t>пункту 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>10-тармаққа</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> стандарта (не более 30 минут).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="z24"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t>      6. Нәтижесі – мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою.</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результат – постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные учреждения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve">3. Описание порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">      7. Мемлекеттік қызмет көрсету процесіне қатысатын көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которые участвуют в процессе оказания государственной </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="z27"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t>      8. Рәсімдер (іс-әрекеттер) реттілігінің сипаттамасы осы регламенттің </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Описание последовательности процедур (действий) сопровождается блок-схемой согласно </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="z50" w:history="1">
-        <w:r w:rsidRPr="00AD4B37">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшасына</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t> сәйкес блок-схемамен қоса беріледі.</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4. ХҚКО және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve">4. Описание порядка взаимодействия с центром обслуживания населения и (или) иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t>      9. </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Описание порядка обращения в ЦОН с указанием каждой процедуры (действия) приведены в диаграмме согласно </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="z52" w:history="1">
-        <w:r w:rsidRPr="00AD4B37">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2 қосымшаға</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="z30"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги подает необходимые документы и заявление оператору ЦОН согласно приложениям к стандарту, которое осуществляется в операционном зале посредством "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>безбарьерного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обслуживания путем электронной очереди";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="z31"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) процесс 1 – ввод оператора ЦОН логина и пароля (процесс авторизации) для оказания услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="z32"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) процесс 2 – выбор оператором ЦОН услуги, а также данных представителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="z33"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) процесс 3 – направление запроса через шлюз электронного правительства (далее - ШЭП) в государственную базу данных физических лиц (далее – ГБД ФЛ) о данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (одного из родителей или законных представителей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="z34"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) условие 1 – проверка наличия данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ГБД ФЛ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="z35"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) процесс 4 – формирование сообщения о невозможности получения данных в связи с отсутствием данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ГБД ФЛ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="z36"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) удостоверенного (подписанного) ЭЦП оператора ЦОН через ШЭП в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="z37"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Описание порядка обращения при оказании государственной услуги через портал и последовательности процедур (действий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="z38"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с помощью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>индивидуального идентификационного номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="z39"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) процесс 1 – ввод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="z40"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="z41"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4)процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="z42"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) процесс 3 – выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, указанной в настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанные в стандарте, а также выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="z43"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="z44"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с не подтверждением подлинности ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="z45"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) удостоверенного (подписанного) ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ШЭП в АРМ РШЭП для обработки запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="z46"/>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) условие 3 – проверка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствия приложенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>9-тармағында</w:t>
+          <w:t>пункте 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарта, и основанием для оказания услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="z47"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="z48"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...32 lines deleted...]
-        <w:t>      Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы осы регламенттің </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) процесс 7 – получение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата услуги (уведомление в форме электронного документа), сформированный АРМ РШЭП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Функциональные взаимодействия информационных систем, задействованных при оказании государственной услуги через портал приведены в диаграмме согласно </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:anchor="z52" w:history="1">
-        <w:r w:rsidRPr="00AD4B37">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшасында</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="z49"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги, а также описания порядка взаимодействия с центром обслуживания населения и порядка использования информационных систем в процессе оказания государственной услуги отражается в справочнике бизнес-процессов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00AE6250">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>3-қосымшасына</w:t>
+          <w:t>приложению 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD4B37">
-[...8 lines deleted...]
-        <w:t> сәйкес бизнес-процесс анықтамалығында көрсетіледі.</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...80 lines deleted...]
-        <w:t>1-қосымша</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"Постановка на очередь детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>дошкольного возраста (до 7 лет) для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>направления в детские дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызмет көрсету үдерісінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібін сипаттаудың блок-схемасы</w:t>
+        <w:t xml:space="preserve">Блок – схема описания порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D62AB87" wp14:editId="0FADC2D5">
-            <wp:extent cx="5219700" cy="4857750"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C3B8378" wp14:editId="686E7BFD">
+            <wp:extent cx="6324600" cy="4610100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0303/79/2743_1k.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0285/43/2743_1r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0303/79/2743_1k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0285/43/2743_1r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5219700" cy="4857750"/>
+                      <a:ext cx="6324600" cy="4610100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">жіберу үшін мектепке дейінгі </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к регламенту государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>услуги "Постановка на очередь детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">дошкольного возраста (до 7 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...20 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лет)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>для</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...32 lines deleted...]
-        <w:t>2-қосымша</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направления в детские</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Халыққа қызмет көрсету орталығы арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы, графикалық нысанда</w:t>
+        <w:t>Диаграмма функционального взаимодействия информационных систем, задействованных в оказании государственной услуги через центр обслуживания населения, в графической форме</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D5B466D" wp14:editId="7903CDBC">
-            <wp:extent cx="5381625" cy="2209800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="322F4732" wp14:editId="5168A674">
+            <wp:extent cx="6181725" cy="2095500"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0303/79/2743_2k.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0285/43/2743_2r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0303/79/2743_2k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0285/43/2743_2r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5381625" cy="2209800"/>
+                      <a:ext cx="6181725" cy="2095500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара әрекет диаграммасы</w:t>
+        <w:t>Диаграмма функционального взаимодействия информационных систем, задействованных в оказании государственной услуги через портал</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41A9A6E1" wp14:editId="34743A20">
-            <wp:extent cx="5210175" cy="2305050"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5ACB1045" wp14:editId="2D2327A2">
+            <wp:extent cx="6181725" cy="2019300"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/0303/79/2743_3k.jpg"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/0285/43/2743_3r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/0303/79/2743_3k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/0285/43/2743_3r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5210175" cy="2305050"/>
+                      <a:ext cx="6181725" cy="2019300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2473D311" wp14:editId="21CCA269">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Рисунок 4" descr="http://adilet.zan.kz/files/0303/79/2743_4k.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B3C0F5E" wp14:editId="1F415E7A">
+            <wp:extent cx="6162675" cy="2533650"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="http://adilet.zan.kz/files/0285/43/2743_4r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="http://adilet.zan.kz/files/0303/79/2743_4k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://adilet.zan.kz/files/0285/43/2743_4r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5200650" cy="2495550"/>
+                      <a:ext cx="6162675" cy="2533650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">жіберу үшін мектепке дейінгі </w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к регламенту государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>услуги "Постановка на очередь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">детей дошкольного возраста (до 7 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...20 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лет)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>для</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AD4B37">
-[...32 lines deleted...]
-        <w:t>3-қосымша</w:t>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направления в детские</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі жастағы (7 жасқа толмаған) балаларды кезекке қою" мемлекеттік көрсетілетін қызметтің бизнес-процесінің анықтамалығы</w:t>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A74F80A" wp14:editId="5F42F795">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Рисунок 5" descr="http://adilet.zan.kz/files/0303/79/2743_5k.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A265CFF" wp14:editId="14600CEA">
+            <wp:extent cx="6267450" cy="3067050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="http://adilet.zan.kz/files/0285/43/2743_5r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="http://adilet.zan.kz/files/0303/79/2743_5k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="http://adilet.zan.kz/files/0285/43/2743_5r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6010275" cy="3800475"/>
+                      <a:ext cx="6267450" cy="3067050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4B37" w:rsidRPr="00AD4B37" w:rsidRDefault="00AD4B37" w:rsidP="00AD4B37">
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6250">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE6250" w:rsidRPr="00AE6250" w:rsidRDefault="00AE6250" w:rsidP="00AE6250">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD4B37">
+      <w:r w:rsidRPr="00AE6250">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="445C4856" wp14:editId="46770F28">
-            <wp:extent cx="5810250" cy="1828800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CCA5FED" wp14:editId="07832F2D">
+            <wp:extent cx="6210300" cy="1428750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Рисунок 6" descr="http://adilet.zan.kz/files/0303/79/2743_6k.jpg"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="http://adilet.zan.kz/files/0285/43/2743_6r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="http://adilet.zan.kz/files/0303/79/2743_6k.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="http://adilet.zan.kz/files/0285/43/2743_6r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5810250" cy="1828800"/>
+                      <a:ext cx="6210300" cy="1428750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00297C5C" w:rsidRDefault="00297C5C">
+    <w:p w:rsidR="0088697D" w:rsidRDefault="0088697D">
       <w:bookmarkStart w:id="28" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:sectPr w:rsidR="00297C5C">
+    <w:sectPr w:rsidR="0088697D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00520751"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD4B37"/>
+    <w:rsidRoot w:val="004D2CDD"/>
+    <w:rsid w:val="004D2CDD"/>
+    <w:rsid w:val="0088697D"/>
+    <w:rsid w:val="00AE6250"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6B20FCF2-A09A-44CF-98E7-852C900D51EE}"/>
+  <w15:docId w15:val="{606613D8-D0ED-4DF8-AF23-C69B0C455169}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2711,72 +3794,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="658769343">
+    <w:div w:id="1349478408">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000538" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000538" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3001,54 +4084,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1492</Words>
-  <Characters>8510</Characters>
+  <Words>1385</Words>
+  <Characters>7896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9983</CharactersWithSpaces>
+  <CharactersWithSpaces>9263</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>