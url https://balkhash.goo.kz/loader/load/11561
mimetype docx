--- v0 (2025-12-06)
+++ v1 (2025-12-31)
@@ -1,793 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00A633D1" w:rsidRPr="00BC1EEC" w:rsidRDefault="00A633D1" w:rsidP="00A633D1">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="007A5A42" w:rsidRPr="00752658" w:rsidRDefault="007A5A42" w:rsidP="007A5A42">
+      <w:pPr>
+        <w:spacing w:before="600" w:after="240" w:line="504" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BC1EEC">
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Аттестаттау</w:t>
-[...59 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Как написать эссе при аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A633D1" w:rsidRPr="00BC1EEC" w:rsidRDefault="00A633D1" w:rsidP="00A633D1">
+    <w:p w:rsidR="007A5A42" w:rsidRPr="00752658" w:rsidRDefault="007A5A42" w:rsidP="007A5A42">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="420" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BC1EEC">
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Аттестаттау</w:t>
-[...629 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>В соответствии с новой поправкой в правила аттестации педагоги теперь сразу после прохождения НКТ должны написать эссе. Общее затрачиваемое время – 30 минут. Количество – 250–300 слов. Тема эссе ежегодно определяется уполномоченным органом. Написанное эссе отображается в личном кабинете педагога по ссылке ngt.testcenter.kz. Написанное эссе направляется в личный кабинет педагога.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00FE05B4" w:rsidRPr="00A633D1" w:rsidRDefault="00FE05B4" w:rsidP="00A633D1"/>
-    <w:sectPr w:rsidR="00FE05B4" w:rsidRPr="00A633D1">
+    <w:p w:rsidR="00FE05B4" w:rsidRPr="007A5A42" w:rsidRDefault="00FE05B4" w:rsidP="007A5A42"/>
+    <w:sectPr w:rsidR="00FE05B4" w:rsidRPr="007A5A42">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -803,202 +110,166 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0E092033"/>
+    <w:nsid w:val="265F51FC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E83E4658"/>
+    <w:tmpl w:val="F98E796E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BD8448C"/>
+    <w:nsid w:val="318A48C8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1146E4C"/>
+    <w:tmpl w:val="AE2A08FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1101,53 +372,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5FD83486"/>
+    <w:nsid w:val="377C4929"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6172EF32"/>
+    <w:tmpl w:val="B9C44642"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1250,223 +521,259 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="606F4793"/>
+    <w:nsid w:val="723E7A5B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1D327C1C"/>
+    <w:tmpl w:val="B2F6FDA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E23078"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E23078"/>
+    <w:rsidRoot w:val="00C84FBD"/>
+    <w:rsid w:val="006A0FD9"/>
+    <w:rsid w:val="007A5A42"/>
+    <w:rsid w:val="00C12797"/>
+    <w:rsid w:val="00C84FBD"/>
     <w:rsid w:val="00FE05B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6DC0CB4E-30BA-4745-BA54-198A1E92775F}"/>
+  <w15:docId w15:val="{2CE11673-8A4A-4AC5-A436-E4A099ED4C43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1819,51 +1126,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A633D1"/>
+    <w:rsid w:val="007A5A42"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -2128,54 +1435,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>57</Words>
-  <Characters>327</Characters>
+  <Words>62</Words>
+  <Characters>354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>383</CharactersWithSpaces>
+  <CharactersWithSpaces>415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Учетная запись Майкрософт</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>