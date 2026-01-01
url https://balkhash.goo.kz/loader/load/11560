--- v0 (2025-12-07)
+++ v1 (2026-01-01)
@@ -1,13190 +1,1190 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0012526F" w:rsidRPr="00BC1EEC" w:rsidRDefault="0012526F" w:rsidP="0012526F">
-[...1 lines deleted...]
-        <w:spacing w:before="600" w:after="240" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:spacing w:before="600" w:after="240" w:line="504" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BC1EEC">
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Аттестаттау</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Как проходит НКТ при аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На первом этапе аттестации педагог проходит НКТ в электронном формате. Для этого нужно подать заявление по специальности, указанной в дипломе или по основной должности, в Национальный центр тестирования (НЦТ). При подаче заявления выберите язык сдачи (казахский, русский), дату, время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление педагога попадает в базу данных НЦТ, после чего в его личном кабинете появится пропуск на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кандидатов без стажа, котор</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ые окончили колледж или вуз по педагогическим специальностям, следует принимать на работу после успешного прохождения НКТ. Для них категорию «педагог» присваивает аттестационная комиссия организации образования на основании результата НКТ, т. е. кандидат при тестировании должен набрать не менее 50 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Сроки прохождения НКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>кезінде</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>При очередной аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагоги проходят НКТ бесплатно 1 раз в год. Также можно пройти НКТ повторно, на платной основе 1 раз в течение календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>При досрочной аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагоги могут пройти НКТ 1 раз в течение календарного года – бесплатно. А также на платной основе можно проходить пробные НКТ в течение календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>біліктілік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Кандидаты без стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, имеющие дипломы колледжа/вуза по педагогическим специальностям, проходят НКТ 1 раз в год бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6753 lines deleted...]
-        <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Тестовые задания для педагогов при прохождении НКТ </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="/document/16/209742/" w:tgtFrame="_blank" w:tooltip="" w:history="1">
+        <w:r w:rsidRPr="00752658">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заттарды</w:t>
+          <w:t>здесь</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00BC1EEC">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты тестирования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="/document/16/209744/" w:tgtFrame="_blank" w:tooltip="" w:history="1">
+        <w:r w:rsidRPr="00752658">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve"> табу </w:t>
+          <w:t>здесь</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00BC1EEC">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Время сдачи НКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Время сдачи НКТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметов «Математика», «Физика», «Химия», «Информатика» – 240 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлений «Дошкольное образование» и «Дополнительное образование» – 120 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иных педагогов – 210 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВНИМАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внимание! Тестовые задания разрабатывает НЦТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
+        <w:spacing w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В период проведения НКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аудитории и место каждого педагога в пунктах проведения НКТ снабжены системой видеонаблюдения. При входе в здание педагог проходит процедуру идентификации с использованием технологии распознавания лиц или идентификации на основании документа, удостоверяющего личность, и пропуска. После рассадки до начала тестирования с педагогами будет проведен инструктаж по правилам поведения во время тестирования и написания эссе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>После начала тестирования нельзя выходить из аудитории без разрешения и сопровождения дежурного, разговаривать друг с другом, пересаживаться с места на место, обмениваться материалами, выносить материалы из аудитории, заносить в аудиторию и использовать предметы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нарушения при прохождении НКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если во время тестирования в аудитории обнаружат посторонние предметы, удалят педагога за нарушение или же выявят подставное лицо, будет составлен соответствующий акт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:anchor="/document/118/204802/" w:tgtFrame="_blank" w:tooltip="" w:history="1">
+        <w:r w:rsidRPr="00752658">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>және</w:t>
+          <w:t>Акт обнаружения предметов и удаления из аудитории педагога, нарушившего правила поведения в аудитории</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00BC1EEC">
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:anchor="/document/118/204800/" w:tgtFrame="_blank" w:tooltip="" w:history="1">
+        <w:r w:rsidRPr="00752658">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...159 lines deleted...]
-          <w:t> </w:t>
+          <w:t>Акт выявления подставного лица на тестировании</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0012526F" w:rsidRPr="00BC1EEC" w:rsidRDefault="0012526F" w:rsidP="0012526F">
-[...824 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При установлении фактов нарушения правил проведения тестирования, обнаруженных при просмотре видеозаписи, также будет составлен акт и результаты НКТ будут аннулированы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В случаях выявленных нарушений педагог не будет допущен к аттестации сроком на 5 лет. Квалификационная категория педагога будет снижена до категории «педагог».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тестілеу</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Результат тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>После завершения тестирования педагог знакомится с результатами тестирования, отображаемыми на экране компьютера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат НКТ – это сертификат о прохождении НКТ – появится в личном кабинете педагога. При проведении апелляции сертификат о прохождении НКТ с учетом апелляции также будет доступен в личном кабинете педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...712 lines deleted...]
-        </w:rPr>
         <w:t>Апелляция</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0012526F" w:rsidRPr="00BC1EEC" w:rsidRDefault="0012526F" w:rsidP="0012526F">
-[...273 lines deleted...]
-    <w:p w:rsidR="0012526F" w:rsidRPr="00BC1EEC" w:rsidRDefault="0012526F" w:rsidP="0012526F">
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если после тестирования педагог будет не согласен с результатами, он имеет право подать апелляцию с обоснованиями в комиссию не выходя из зала тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="17"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1EEC">
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="17"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>НАЗАР АУДАРЫҢЫЗ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0012526F" w:rsidRPr="00BC1EEC" w:rsidRDefault="0012526F" w:rsidP="0012526F">
+        <w:t>ВНИМАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="180" w:line="420" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1EEC">
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Назар </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Внимание! После выхода педагога из зала тестирования заявления на апелляцию уже не принимаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
+        <w:spacing w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аударыңыз</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC1EEC">
+        <w:t>Комиссия по апелляции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В состав комиссии по апелляции входят представители государственных органов, педагоги организаций образования. Комиссия состоит из нечетного числа членов. Члены комиссии участвуют в заседаниях без права замены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок действия полномочий комиссии по апелляции составляет один календарный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решения комиссии оформляются протоколом, который подписывает председатель, секретарь и члены комиссии. Протоколы по апелляции хранятся в течение года в НЦТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По результатам апелляции, рассмотренной в режиме онлайн-приема, в личном кабинете педагога отобразятся результаты тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">! Педагог </w:t>
-[...3929 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>сақталады</w:t>
-[...253 lines deleted...]
-    <w:sectPr w:rsidR="00FE05B4" w:rsidRPr="0012526F">
+        <w:t>Недостаточное количество баллов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если педагог при очередной аттестации набрал недостаточное количество баллов на заявленную категорию, его категорию сохранят до истечения ее срока. Затем категорию снизят на один уровень ниже. Данная категория сохраняется до следующего аттестационного периода август – декабрь (январь – май). В следующий аттестационный период педагог проходит аттестацию по первоначально заявленной категории после прохождения НКТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если педагог несвоевременно подаст заявление на очередную аттестацию, его категория снизится до категории «педагог». Данная категория сохраняется до следующего аттестационного периода август – декабрь (январь – май). В следующий аттестационный период педагог проходит аттестацию на категорию в соответствии с квалификационными требованиями согласно приказа № 338.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12797" w:rsidRPr="00752658" w:rsidRDefault="00C12797" w:rsidP="00C12797">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752658">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При недостаточном количестве баллов на заявленную категорию за педагогом, имеющим «вторую», «первую», «высшую» категории, в аттестационный период январь – май (август – декабрь) квалификационная категория сохраняется до истечения его срока, далее – снижается до категории «педагог». Данная категория сохраняется до следующего аттестационного периода август – декабрь (январь – май). В следующий аттестационный период педагоги проходят аттестацию на категорию в соответствии с квалификационными требованиями согласно приказу № 338.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE05B4" w:rsidRPr="00C12797" w:rsidRDefault="00FE05B4" w:rsidP="00C12797"/>
+    <w:sectPr w:rsidR="00FE05B4" w:rsidRPr="00C12797">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -13200,202 +1200,166 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0E092033"/>
+    <w:nsid w:val="265F51FC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E83E4658"/>
+    <w:tmpl w:val="F98E796E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BD8448C"/>
+    <w:nsid w:val="318A48C8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1146E4C"/>
+    <w:tmpl w:val="AE2A08FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13498,53 +1462,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5FD83486"/>
+    <w:nsid w:val="377C4929"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6172EF32"/>
+    <w:tmpl w:val="B9C44642"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13647,222 +1611,258 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="606F4793"/>
+    <w:nsid w:val="723E7A5B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1D327C1C"/>
+    <w:tmpl w:val="B2F6FDA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E23078"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E23078"/>
+    <w:rsidRoot w:val="00C84FBD"/>
+    <w:rsid w:val="006A0FD9"/>
+    <w:rsid w:val="00C12797"/>
+    <w:rsid w:val="00C84FBD"/>
     <w:rsid w:val="00FE05B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6DC0CB4E-30BA-4745-BA54-198A1E92775F}"/>
+  <w15:docId w15:val="{2CE11673-8A4A-4AC5-A436-E4A099ED4C43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14215,90 +2215,91 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0012526F"/>
+    <w:rsid w:val="00C12797"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14523,54 +2524,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>959</Words>
-  <Characters>5469</Characters>
+  <Words>881</Words>
+  <Characters>5022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6416</CharactersWithSpaces>
+  <CharactersWithSpaces>5892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Учетная запись Майкрософт</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>