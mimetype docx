--- v0 (2025-12-07)
+++ v1 (2026-01-31)
@@ -1,889 +1,5312 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="858" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Как педагогам пройти аттестацию</w:t>
-      </w:r>
+        <w:t>Педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
-        <w:spacing w:line="480" w:lineRule="atLeast"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>В рекомендации – все этапы аттестации работников и обоснования, в каких случаях какую аттестацию провести. Кроме того, есть информация о досрочной аттестации, чтобы работники могли подготовиться к ней заранее.</w:t>
-      </w:r>
+        <w:t>Ұсынымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыскерлерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыскерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Аттестация педагогов включает в себя следующие этапы:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңдерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>НКТ;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>эссе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> оценка;</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> аналитическое обобщение результатов деятельности.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдамалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
-        <w:spacing w:before="600" w:after="240" w:line="504" w:lineRule="atLeast"/>
+        <w:spacing w:before="600" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Как работает аттестационная комиссия</w:t>
-      </w:r>
+        <w:t>Аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00752658">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="/document/93/1626/" w:tgtFrame="_blank" w:tooltip="" w:history="1">
+        <w:r w:rsidRPr="00BC1EEC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приказ МОН РК от 27 января 2016 года № 83</w:t>
+          <w:t xml:space="preserve">ҚР БҒМ 2016 </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BC1EEC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жылғы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BC1EEC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 27 </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BC1EEC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қаңтардағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BC1EEC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> № 83 </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BC1EEC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Для проведения аттестации педагогов создаются комиссии.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Для категории «педагог» – комиссию создают в организациях образования.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Педагог» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Для категории «педагог-модератор» – в органах отдела образования района, города областного значения.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Педагог-модератор» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>управления</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  –</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> образования области, города республиканского значения и столицы.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Для категории «педагог-мастер» – при уполномоченном органе в области образования.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>В состав комиссии входят следующие лица:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>, имеющие стаж работы не менее 10 лет, и категории «педагог-исследователь» или «педагог-мастер»;</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, «педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>методисты</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> учебно-методических кабинетов, организаций повышения квалификации;</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинеттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдіскерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> общественных и неправительственных организаций, профсоюзов;</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үкіметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіподақтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00752658">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> органов управления образования, подведомственных организаций.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Комиссия состоит из нечетного числа членов и состоит не менее чем из семи членов.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшеден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="17"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="17"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ВНИМАНИЕ</w:t>
+        <w:t>НАЗАР АУДАРЫҢЫЗ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Внимание! Члены комиссии участвуют в заседаниях комиссии без права замены.</w:t>
+        <w:t xml:space="preserve">Назар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аударыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқығынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F6FA"/>
-        <w:spacing w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
+      <w:r w:rsidRPr="00BC1EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Председатель и заместитель председателя комиссии избираются из числа членов комиссии.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төрағаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Секретарь конкурсной комиссии готовит материалы, необходимые документы к заседанию комиссии, оформляет и подписывает протокол. Секретарь не является членом комиссии.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хаттаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рәсімдейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хатшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Заседание комиссии считается правомочным, если на нем присутствует не менее двух третьих ее состава.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрамының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үштен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есептеледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Результаты голосования определяются большинством голосов членов комиссии. При равенстве голосов голос председателя комиссии является решающим.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дауыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүшелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көпшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дауыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төрағасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="180" w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...7 lines deleted...]
-        <w:t>На заседаниях комиссии ведется аудио- или видеозапись. Аудиовидеозапись хранится в государственном органе, проводящего процедуру аттестации, не менее трех лет.</w:t>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырыстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аудио- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнежазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Аудио </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнежазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рәсімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0FD9" w:rsidRPr="00752658" w:rsidRDefault="006A0FD9" w:rsidP="006A0FD9">
+    <w:p w:rsidR="001830AD" w:rsidRPr="00BC1EEC" w:rsidRDefault="001830AD" w:rsidP="001830AD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="420" w:lineRule="atLeast"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752658">
-[...6 lines deleted...]
-        <w:t>Комиссия соответствующего уровня рассматривает документы аттестуемого два раза в год (до 5 мая и 5 ноября текущего года соответственно).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестатталушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамырға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарашаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1EEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00FE05B4" w:rsidRDefault="00FE05B4"/>
+    <w:p w:rsidR="00FE05B4" w:rsidRDefault="00FE05B4">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:sectPr w:rsidR="00FE05B4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -900,166 +5323,202 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="265F51FC"/>
+    <w:nsid w:val="5BD8448C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F98E796E"/>
+    <w:tmpl w:val="D1146E4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="318A48C8"/>
+    <w:nsid w:val="5FD83486"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AE2A08FA"/>
+    <w:tmpl w:val="6172EF32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1162,254 +5621,218 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="723E7A5B"/>
+    <w:nsid w:val="606F4793"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B2F6FDA6"/>
+    <w:tmpl w:val="1D327C1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C84FBD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C84FBD"/>
+    <w:rsidRoot w:val="00E23078"/>
+    <w:rsid w:val="001830AD"/>
+    <w:rsid w:val="00E23078"/>
     <w:rsid w:val="00FE05B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2CE11673-8A4A-4AC5-A436-E4A099ED4C43}"/>
+  <w15:docId w15:val="{6DC0CB4E-30BA-4745-BA54-198A1E92775F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1762,51 +6185,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A0FD9"/>
+    <w:rsid w:val="001830AD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -2071,54 +6494,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>357</Words>
-  <Characters>2040</Characters>
+  <Words>366</Words>
+  <Characters>2089</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2393</CharactersWithSpaces>
+  <CharactersWithSpaces>2451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Учетная запись Майкрософт</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>