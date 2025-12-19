--- v0 (2025-12-14)
+++ v1 (2025-12-19)
@@ -14,7742 +14,1861 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B023B9" w:rsidRPr="00B023B9" w:rsidTr="00B023B9">
+      <w:tr w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidTr="00C71B3B">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B023B9" w:rsidRPr="00B023B9" w:rsidRDefault="00B023B9" w:rsidP="00B023B9">
+          <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B023B9">
+            <w:r w:rsidRPr="00C71B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан </w:t>
+              <w:t>Приложение 14</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B023B9">
+            <w:r w:rsidRPr="00C71B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
+              <w:t>к приказу Министра</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00B023B9">
+            <w:r w:rsidRPr="00C71B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылғы 13 сәуірдегі</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B023B9">
+            <w:r w:rsidRPr="00C71B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 198 бұйрығына</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B023B9">
+            <w:r w:rsidRPr="00C71B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>14-қосымша</w:t>
+              <w:t>от 13 апреля 2015 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C71B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B023B9" w:rsidRPr="00B023B9" w:rsidRDefault="00B023B9" w:rsidP="00B023B9">
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B023B9">
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Аз қамтылған отбасылардағы балалардың қала сыртындағы және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:br/>
+        <w:t>"Прием документов и выдача направлений на предоставление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жанындағы </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:br/>
+        <w:t>отдыха детям из малообеспеченных семей в загородных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лагерьлерде</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:br/>
+        <w:t>и пришкольных лагерях"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z315"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>демалуы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, районов и городов организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> үшін құжаттар қабылдау және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жолдама</w:t>
-[...32 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – пятнадцать рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1524 lines deleted...]
-        <w:r w:rsidRPr="00B023B9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги – направление (путевка) в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) платно и бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Стоимость государственной услуги в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z370" w:history="1">
+        <w:r w:rsidRPr="00C71B3B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>З</w:t>
+          <w:t>Законом</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00B023B9">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" определяется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>размещаеся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов областей, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственная услуга оказывается бесплатно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) детям из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) детям – сиротам и детям, оставшимся без попечения родителей, проживающим в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) иным категориям обучающихся и воспитанников, определяемые коллегиальным органом управления организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00C71B3B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>аңына</w:t>
+          <w:t>законодательству</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B023B9">
-[...249 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3433 lines deleted...]
-        <w:r w:rsidRPr="00B023B9">
+      <w:hyperlink r:id="rId6" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00C71B3B">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>12-тармағында</w:t>
+          <w:t>документ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B023B9">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (требуется для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индентификации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами, для категории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из смей, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z3" w:history="1">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>имеющих</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> право</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) документы о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>получающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственную адресную социальную помощь, в которых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z11" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сренедушевой</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> доход</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ниже величины </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>прожиточного</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> облыстардың, республикалық маңызы</w:t>
+      <w:hyperlink r:id="rId10" w:anchor="z18" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>миниума</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00C71B3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решения коллегиального органа управления организации образования</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B023B9">
-[...16 lines deleted...]
-        <w:t>тиі</w:t>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о выдаче бесплатных направлений на предоставление отдыха загородные и пришкольные лагеря на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) копия медицинского заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медиго-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации – для детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) справка о состоянии здоровья (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B023B9">
-[...6 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинский</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B023B9">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B023B9">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00B023B9">
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>папорт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) с приложением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>флюроснимка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B023B9">
-[...1984 lines deleted...]
-        <w:t xml:space="preserve"> орталығының "1414".</w:t>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      фамилии, имени, а также отчества (при наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, принявшего заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C71B3B" w:rsidRPr="00C71B3B" w:rsidRDefault="00C71B3B" w:rsidP="00C71B3B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      фамилии, имени, а также отчества (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C71B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактных телефонов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB404F" w:rsidRDefault="00CB404F"/>
     <w:sectPr w:rsidR="00CB404F" w:rsidSect="00CB404F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="57"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B023B9"/>
+    <w:rsidRoot w:val="00C71B3B"/>
     <w:rsid w:val="00034B9C"/>
+    <w:rsid w:val="00226338"/>
     <w:rsid w:val="00433430"/>
-    <w:rsid w:val="005B16A4"/>
     <w:rsid w:val="009653D7"/>
-    <w:rsid w:val="00B023B9"/>
+    <w:rsid w:val="00C71B3B"/>
     <w:rsid w:val="00CB404F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -7901,162 +2020,162 @@
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CB404F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B023B9"/>
+    <w:rsid w:val="00C71B3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B023B9"/>
+    <w:rsid w:val="00C71B3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B023B9"/>
+    <w:rsid w:val="00C71B3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B023B9"/>
+    <w:rsid w:val="00C71B3B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1530411322">
+    <w:div w:id="283855025">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000314" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8302,55 +2421,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7594</Characters>
+  <Pages>3</Pages>
+  <Words>884</Words>
+  <Characters>5039</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8909</CharactersWithSpaces>
+  <CharactersWithSpaces>5912</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>