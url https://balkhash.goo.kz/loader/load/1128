--- v0 (2025-12-17)
+++ v1 (2026-03-12)
@@ -14,4631 +14,7118 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidTr="00EE0E70">
+      <w:tr w:rsidR="00170894" w:rsidRPr="00170894" w:rsidTr="00170894">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>к приказу Министра</w:t>
+              <w:t>Б</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>образования и науки</w:t>
+              <w:t>2015 жылғы 13 cәуірдегі</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
-[...19 lines deleted...]
-              <w:t>№ 198</w:t>
+              <w:t>№ 198 бұйрығына 6–қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>"Жалпы білім беретін мектептердегі білім алушылар мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>"Предоставление бесплатного и льготного питания отдельным</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>тәрбиеленушілердің жекелеген санаттарына тегін және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>категориям обучающихся и воспитанников в</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t xml:space="preserve">жеңілдетілген тамақтандыруды ұсыну" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...202 lines deleted...]
-        <w:r w:rsidRPr="00EE0E70">
+        <w:br/>
+        <w:t>қызмет стандарты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z344"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті Астана және Алматы қалаларының, облыстық маңызына ие аудандық және қалалық жергілікті атқарушы органдар (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсететін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "электрондық үкіметтің" www.e.gov.kz веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бес ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге құжаттарды тапсыру үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушыға қызмет көрсетудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсетудің нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсету нәтижесі – осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z388" w:history="1">
+        <w:r w:rsidRPr="00170894">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>веб-портал</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE0E70">
-[...214 lines deleted...]
-        <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жалпы білім беретін мектепте тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметтің нәтижесін қағаз жеткізгіште алу үшін өтініш берген жағдайда, мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады және көрсетілетін қызметті берушінің уәкілетті адамының қолы және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрмен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЭЦҚ) қойылған электрондық құжат нысанында жіберіледі және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет кезек тәртібімен, алдын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылусыз және жедел қызмет көрсетусіз жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үні жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z390" w:history="1">
+        <w:r w:rsidRPr="00170894">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE0E70">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ата-аналардың жеке басын куәландыратын құжат (жеке сәйкестендіру үшін қажет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі (жеке сәйкестендіру үшін қажет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
-[...222 lines deleted...]
-        <w:r w:rsidRPr="00EE0E70">
+        <w:t xml:space="preserve">      6) алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек алмайтын отбасылардан шыққан көрсетілетін қызметті алушылар үшін балаларға және басқа да асырандыларға төленетін алимент тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) отбасында тәрбиеленетін жетім </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға немесе ата-анасының қамқорлығынсыз қалған балаларға қамқоршылық (қорғаншылық) бекіту туралы уәкілетті органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) отбасының материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрмыстық ахуалын зерделеу негізінде жалпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымдарының алқалық орган шешімінің, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да қажетті құжаттардың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Құжаттар салыстыру үшiн тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Құжаттарды қабылдау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мынадай мәліметтерді көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, тиісті құжаттардың қабылданғаны туралы қолхат береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сұраныстың нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і және қабылданған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сұралатын мемлекеттік қызметтің тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) қоса берілген құжаттардың саны мен атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) құжаттардың берілеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күні (уақыты) мен орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдаған көрсетілетін қызметті берушінің қызметкерінің аты, тегі, сондай-ақ әкесінің аты (бар болғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) көрсетілетін қызметті алушының тегі, аты, сондай-ақ әкесінің аты (бар болғанда) және байланыс телефондары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойған электрондық құжат нысанындағы өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) отбасының материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрмыстық ахуалын зерделеу негізінде жалпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымдарының алқалық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">орган шешімінің, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа да қажетті құжаттардың электронды көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) алған табысы туралы құжаттың электронды көшірмесі (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың еңбекақысы туралы анықтама).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының жеке басын куәландыратын, баланың туылғанын (бала 2007 жылғы 13 тамызға кейін туған жағдайда), некеге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе бұзу (неке 2008 жылдан кейін жасалған немесе бұзылған жағдайда), жұмыссыз ретінде тіркелу туралы, көрсетілетін қызметті алушының (отбасының) мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек алушылар қатарына жататындығы туралы, жетім балаға (балаларға) немесе ата-анасының қамқорлығынсыз қалған балаға (балаларға) қорғаншылық және қамқоршылық белгілеу туралы, жетім баланың (балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге берілгені туралы, кәсіпкерліктен және басқа да қызмет түрлерінен түскен кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс туралы, балаларға немесе басқа да асырандыларға төленетін алимент түріндегі табыстары туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет нәтижесін алу күнін және уақытын көрсете отырып, мемлекеттік қызметті көрсетуге сұраудың қабылданғаны туралы хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық маңызы бар қалалардың, астананың, аудандардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының, сондай-ақ көрсетілетін қызметті берушілердің және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының атына не осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z385" w:history="1">
+        <w:r w:rsidRPr="00170894">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>трудовому законодательству</w:t>
+          <w:t>12-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE0E70">
-[...323 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң шағымында оның тегі, аты, әкесінің аты (бар болған жағдайда), пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шағымды қабылдаған адамның тегі, аты, әкесінің аты берілген шағымға жауап алу мерзімі және орны көрсетілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі шағымның қабылдануын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген кезде шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты Мемлекеттік қызмет көрсету мәселелері жөнінде бірыңғай байланыс орталығының 1414 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">местными исполнительными органами для категории </w:t>
-[...804 lines deleted...]
-    <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+        <w:t xml:space="preserve">      Шағымды портал арқылы "жеке кабинетінен" жолдаған кезде көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға көрсетілетін қызметті берушінің шағымды өндеуі барысында жаңартылып тұратын ақпарат қолжетімді болады (жеткізілгені, тіркелгені, орындалуы, қарастырылғаны немесе қарастырудан бас тартқандығы туралы белгі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті берушінің, әкімдіктің мекенжайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға пошта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің кеңсесінде қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға шағыммен жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сонымен қатар, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының әрекетіне (әрекетсіздігіне) шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының "1414" телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Порядок обжалования решений, действий (бездействия) местных</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>4. Мемлекеттік қызмет көрсетудің ерекшеліктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>исполнительных органов областей, города республиканского</w:t>
-[...1104 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік қызмет көрсету орындарының мекенжайлары Министрліктің www.edu.gov.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы "жеке кабинеті", сондай-ақ, Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының "1414" телефоны арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызмет берушінің www.bala-kkk.kz интернет-ресурстарында орналастырылған.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidTr="00EE0E70">
+      <w:tr w:rsidR="00170894" w:rsidRPr="00170894" w:rsidTr="00170894">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z157"/>
+            <w:bookmarkStart w:id="1" w:name="z388"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>"Жалпы білім беретін мектептердегі</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>к стандарту государственной услуги</w:t>
+              <w:t>білім алушылар мен тәрбиеленушілердің</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>"Предоставление бесплатного и</w:t>
+              <w:t>жекелеген санаттарына тегін және жеңілдетілген</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>льготного питания отдельным</w:t>
+              <w:t xml:space="preserve">тамақтандыруды ұсыну" мемлекеттік </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>категориям обучающихся и воспитанников</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:br/>
-              <w:t>в общеобразовательных школах"</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызмет стандартына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      о предоставлении бесплатного и льготного питания</w:t>
-[...192 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t>      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беретін мектептерде жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы анықтама ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20__ - 20__ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу жылында </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін және жеңілдетілген тамақтандырумен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне енгізілгендігі үшін берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      облыстық маңызына ие аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">      Место печати </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне қалалық жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      органдар басшысының қолы, күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidTr="00EE0E70">
+      <w:tr w:rsidR="00170894" w:rsidRPr="00170894" w:rsidTr="00170894">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z158"/>
+            <w:bookmarkStart w:id="2" w:name="z390"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>"Жалпы білім беретін мектептердегі</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>к стандарту государственной услуги</w:t>
+              <w:t>білім алушылар мен тәрбиеленушілердің</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>"Предоставление бесплатного и</w:t>
+              <w:t>жекелеген санаттарына тегін және жеңілдетілген</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>льготного питания отдельным</w:t>
+              <w:t xml:space="preserve">тамақтандыруды ұсыну" мемлекеттік </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>категориям обучающихся и воспитанников</w:t>
+              <w:t>қызмет стандартына 2-қосымша</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE0E70">
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      облыстық маңызына ие аудандық </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне қалалық жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      органның басшысына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (_________ облысы, _______ ауданы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (басшының Т.А.Ә. (бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(өтініш берушінің Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      болғанда) және жеке сәйкестендіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нөмері) мына мекенжайы бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      тұратын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (елді мекен атауы, тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылықты </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекенжайы, телефоны) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Менің кәмелет жасқа толмаған (Т.А.Ә. (бар болғанда) туған күні және жеке сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмері) (мектеп № және сынып литерін көрсету) оқитын баламды (оқу жылын көрсету) тегін тамақтандырумен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ақпараттық жүйелердегі заңмен қорғалатын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісім беремін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "___" _____________20__ жыл қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00170894" w:rsidRPr="00170894" w:rsidTr="00170894">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z392"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00170894">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>в общеобразовательных школах"</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2015 жылғы 13 сәуірдегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00170894">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 198 бұйрығына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE0E70" w:rsidRPr="00EE0E70" w:rsidRDefault="00EE0E70" w:rsidP="00EE0E70">
-[...220 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Қамқоршыларға немесе қорғаншыларға жетім баланы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(жетім балаларды) және ата-анасының қамқорлығынсыз қалған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>баланы (балаларды) асырап-бағуға жәрдемақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">тағайындау" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 7-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.01.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="00170894">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. "Қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      ________________________________</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+        <w:t xml:space="preserve">      2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясының коммерциялық емес қоғамы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "электрондық үкіметтің" www.e.gov.kz веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіге, Мемлекеттік корпорациясыны құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – он жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясына жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге немесе Мемлекеттік корпорациясында көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорациясы – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аз ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z435" w:history="1">
+        <w:r w:rsidRPr="00170894">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1–қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау туралы шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда, мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EE0E70">
-[...100 lines deleted...]
-      <w:r w:rsidRPr="00EE0E70">
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығын қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет алдын-ала жазылусыз және жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз кезек тәртібімен көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EE0E70">
-[...431 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) Мемлекеттік корпорациясында: еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қабылдау жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз, қызмет алушының тіркеу орны бойынша "электронды" кезек күту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті "брондауға" болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үнімен жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті берушіге және Мемлекеттік корпорациясында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z438" w:history="1">
+        <w:r w:rsidRPr="00170894">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қамқоршының немесе қорғаншының жәрдемақы тағайындау үшін өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) қамқоршы немесе қорғаншы тағайындау туралы жергілікті атқарушы органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға жалғыз ата-анасының немесе екеуiнiң де қамқорлығының жоқтығын растайтын құжаттардың (қайтыс болуы туралы куәлік, ата-ананы ата-ана құқықтарынан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>айыру, олардың ата-ана құқықтарын шектеу, ата-анасын хабарсыз кетті, әрекетке қабiлетсiз (әрекет қабiлетi шектелген) деп тану, оларды қайтыс болды деп жариялау туралы сот шешімі, ата-анасының бас бостандығынан айыру орындарында жазасын өтеуi туралы сот үкімі, ата-аналардың іздесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілуін, баланың (балалардың) ата-анасынан айырып алынғанын, ата-анасының денсаулық сақтау ұйымдарында ұзақ мерзімді емделуін растайтын құжаттар, баланың (балалардың) әдейі тасталғаны туралы акті, баладан (балалардан) бас тарту туралы өтініш) көшiрмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда қорғаншының немесе қамқоршының атына дербес шоттың ашылуы туралы шарттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) баланың (балалардың) табысы (мемлекеттік әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрдемақыларды және өзге де әлеуметтік төлемдерді алуды растайтын құжаттар, алименттер, баланың (балалардың) мүлкінен түсетін табыстары туралы мәліметтер) туралы құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Салыстырып тексеру үшін құжаттар тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқада ұсынылады, кейін түпнұсқалары көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұранысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) қамқоршы немесе қорғаншы тағайындау туралы жергілікті атқарушы орган шешімінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жалғыз ата-анасының немесе екеуiнiң де қамқорлығының жоқтығын растайтын құжаттардың (қайтыс болуы туралы куәлік, ата-ананы ата-ана құқықтарынан айыру, олардың ата-ана құқықтарын шектеу, ата-анасын хабарсыз кетті, әрекетке қабiлетсiз (әрекет қабiлетi шектелген) деп тану, оларды қайтыс болды деп жариялау туралы сот шешімі, ата-анасының бас бостандығынан айыру орындарында жазасын өтеуi туралы сот үкімі, ата-аналардың іздесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілуін, баланың (балалардың) ата-анасынан айырып алынғанын, ата-анасының денсаулық сақтау ұйымдарында ұзақ мерзімді емделуін растайтын құжаттар, баланың (балалардың) әдейі тасталғаны туралы акті, баладан (балалардан) бас тарту туралы өтініш) электрондық көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда қорғаншының немесе қамқоршының атына дербес шоттың ашылуы туралы шарттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) баланың (балалардың) табысы (мемлекеттік әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрдемақыларды және өзге де әлеуметтік төлемдерді алуды растайтын құжаттар, алименттер, баланың (балалардың) мүлкінен түсетін табыстары туралы мәліметтер) туралы құжаттардың электрондық көшірмелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порталда электрондық сұранысты қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Көрсетілетін қызметті алушының жеке басын растайтын, баланың туу туралы құжаттарының (бала 2007 жылғы 13 тамыздан кейін туылған жағдайда) мәліметтерін Мемлекеттік корпорациясының қызметкері және көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті беруші немесе Мемлекеттік корпорациясы арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясында дайын құжаттарды беру жеке куәлігін (немесе нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оларды көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорациясының сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорациясына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің сұранысын қабылдау туралы, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні және уақыты көрсетілген хабарлама мәртебесі жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Көрсетілетін қызметті алушы осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z439" w:history="1">
+        <w:r w:rsidRPr="00170894">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық маңызы бар қалалардың, астананың, аудандардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының, сондай-ақ көрсетілетін қызметті берушілердің және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(немесе) олардың лауазымды адамдарының, Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>корпорациясы және (немесе) олардың қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешімдеріне, әрекетіне (әрекетсіздігіне) ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші басшысының атына не осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шағым жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мемлекеттік корпорациясының қызметкерінің әрекетіне (әрекетсіздігіне) шағым осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 13-тармағында көрсетілген мекенжай және телефондар бойынша Мемлекеттік корпорациясының басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясына қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының "1414" телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының "жеке кабинетінен" көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ақпарат қолжетімді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорациясының мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорациясының кеңесесінде қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің, оның ішінде электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметтің ерекшеліктері ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Тұрмыс-тіршілігін шектейтін организм функциялары тұрақты бұзылып, денсаулығы нашарлаған көрсетілетін қызметті алушыларға қажет болған жағдайда 1414, 8 800 0807777 Бірыңғай байланыс орталығы арқылы жүгінсе мемлекеттік қызмет көрсету үшін құжаттар қабылдауды тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жеріне бара отырып мемлекеттік корпорацияның қызметкері жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары мынадай интернет-ресурстарда орналастырылған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Министрлік www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясының www.con.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порталда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметт іалушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттікқызметті портал арқылы электрондық нысанда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы "жеке кабинеті", сондай-ақ, мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының "1414" арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170894" w:rsidRPr="00170894" w:rsidRDefault="00170894" w:rsidP="00170894">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызметті берушінің: www.bala-kkk.kz интернет-ресурстарында орналастырылған.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB404F" w:rsidRDefault="00CB404F"/>
     <w:sectPr w:rsidR="00CB404F" w:rsidSect="00CB404F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EE0E70"/>
+    <w:rsidRoot w:val="00170894"/>
     <w:rsid w:val="00034B9C"/>
+    <w:rsid w:val="00170894"/>
     <w:rsid w:val="00433430"/>
     <w:rsid w:val="005B16A4"/>
     <w:rsid w:val="009653D7"/>
     <w:rsid w:val="00CB404F"/>
-    <w:rsid w:val="00EE0E70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4789,162 +7276,176 @@
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CB404F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE0E70"/>
+    <w:rsid w:val="00170894"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00EE0E70"/>
+    <w:rsid w:val="00170894"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE0E70"/>
+    <w:rsid w:val="00170894"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE0E70"/>
+    <w:rsid w:val="00170894"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00170894"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="93286186">
+    <w:div w:id="1584073217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000314" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1400000900" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000418" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013273" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5190,55 +7691,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>12180</Characters>
+  <Pages>13</Pages>
+  <Words>4405</Words>
+  <Characters>25110</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>209</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14288</CharactersWithSpaces>
+  <CharactersWithSpaces>29457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>