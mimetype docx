--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -1,2526 +1,4037 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5807"/>
-        <w:gridCol w:w="3745"/>
+        <w:gridCol w:w="5636"/>
+        <w:gridCol w:w="3634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 179 бұйрығына</w:t>
-[...13 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>от 8 апреля 2015 года № 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00E62A07">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z63"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Негізгі орта, жалпы орта білім беру туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача дубликатов документов об основном среднем, общем среднем образовании"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00E62A07">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Ескерту. Стандарт жаңа редакцияда - ҚР Білім және ғылым министрінің 22.01.2016 № 68 (01.03.2016 бастап күшіне енеді) бұйрығымен.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve">       Сноска. Стандарт в редакции приказа Министра образования и науки РК от 22.01.2016 № 68 (вводится в действие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01.03.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z64"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  1. Жалпы ережелер</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z105"/>
+        <w:t xml:space="preserve">  1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z65"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z106"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Выдача дубликатов документов об основном среднем, общем среднем образовании" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z66"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C64899">
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z67"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями основного среднего и общего среднего образования Республики Казахстан (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z68"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсету тәртібі</w:t>
-[...251 lines deleted...]
-        <w:t>      9. Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z69"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию - 15 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) максимально допустимое время ожидания в очереди для сдачи пакета документов - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) максимально допустимое время обслуживания - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z70"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z71"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Результатом оказания государственной услуги является выдача дубликата свидетельства об основном среднем образовании, дубликата  аттестата об общем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z72"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z73"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00E62A07">
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием заявления и выдача результатов осуществляется с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) Государственной корпорации: с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием осуществляется в порядке "электронной" очереди по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, также посредством "бронирования" электронной очереди на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>веб-портале</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z74"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, утерявшего документ, на имя руководителя организации образования по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>удостоверяющий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>произведенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Республики Казахстан после 2008 года, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1) осы мемлекеттік көрсетілетін қызмет стандартына 1-қосымшаға сәйкес көрсетілетін қызметті алушының құжаттың жоғалу жағдайы немесе баска да себептері көрсетілген өтініші;</w:t>
-[...124 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t>корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      При обращении в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, удостоверяющим личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>произведенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z75"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z76"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...191 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z77"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      подается жалоба в письменном виде на имя руководителя местного исполнительного органа города республиканского значения и столицы, района (города областного значения) на адрес, который размещен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.egov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействия) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.con.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> 4. Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы көрсетілетін қызметтердің ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z119"/>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Информация о порядке обжалования предоставляется посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z78"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z79"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z120"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственной услуги, в том числе оказываемой через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z80"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00C64899">
-[...83 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="z123"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контак</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z81"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: местных исполнительных органов города республиканского значения и столицы, района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.con.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z82"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через портал требуется наличие ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z83"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00C64899">
-[...5 lines deleted...]
-        <w:t>      17. Анықтама қызметтерінің байланыс телефондары www.edu.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызмет" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z84"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5793"/>
-        <w:gridCol w:w="3759"/>
+        <w:gridCol w:w="5565"/>
+        <w:gridCol w:w="3705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы құжаттардың телнұсқаларын беру"</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік көрсетілетін қызмет</w:t>
+              <w:t>"Выдача дубликатов документов об</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стандартына 1-қосымша</w:t>
+              <w:t>основном среднем, общем среднем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+    </w:tbl>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                      (наименование учебного заведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      от ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                    (Ф. И. О. (при наличии) полностью и ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (год окончания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         наименование и адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                          заведения, в случае изменения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу Вас выдать мне дубликат аттестата (свидетельства) в связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      с (нужный документ необходимо подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________ (указать причину)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемою</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________ "___" _______ 20___ г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5565"/>
+        <w:gridCol w:w="3705"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
-[...496 lines deleted...]
-          <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру туралы құжаттардың</w:t>
+              <w:t>"Выдача дубликатов документов об</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>телнұсқаларын беру" мемлекеттік</w:t>
+              <w:t>основном среднем, общем среднем</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет стандартына</w:t>
-[...13 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E62A07" w:rsidRPr="00C64899" w:rsidRDefault="00E62A07" w:rsidP="00E62A07">
-[...119 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                             наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>далее- Ф.И.О.), либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...196 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:t xml:space="preserve"> Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь подпунктом 2 статьи 20 Закона Республики от 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      апреля 2013 года "О государственных услугах", отдел № _____ филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Государственной корпорации "Правительство для граждан" (указать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      адрес) отказывает в приеме документов на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услуги (указать наименование государственной услуги в соответствии со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      стандартом государственной услуги) ввиду представления Вами неполного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      пакета документов согласно перечню, предусмотренному стандартом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1.___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. __________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящая расписка составлена в 2-х экземплярах по одному </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ф. И. О. (при его наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      корпорации)       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Исполнитель: Ф. И. О.___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Телефон ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получил: Ф.И.О. / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32C89" w:rsidRPr="00D57C3F" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" ______________________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5B0E" w:rsidRPr="00E32C89" w:rsidRDefault="00E32C89" w:rsidP="00E32C89">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-      <w:pgNumType w:start="1"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D4CFA" w:rsidRDefault="007D4CFA"/>
+    <w:sectPr w:rsidR="007D4CFA" w:rsidSect="007D4CFA">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...123 lines deleted...]
-</w:hdr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2BE110E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB425A22"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="367907C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6A2BAC4"/>
+    <w:lvl w:ilvl="0" w:tplc="7520C2AC">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="66"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="003A378F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E62A07"/>
+    <w:rsidRoot w:val="00BA5B0E"/>
+    <w:rsid w:val="007D4CFA"/>
+    <w:rsid w:val="00BA5B0E"/>
+    <w:rsid w:val="00C62ED3"/>
+    <w:rsid w:val="00E32C89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2541,84 +4052,83 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="header" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2666,180 +4176,210 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A378F"/>
+    <w:rsid w:val="00BA5B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA5B0E"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A378F"/>
+    <w:rsid w:val="00BA5B0E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...3 lines deleted...]
-    <w:rsid w:val="003A378F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00BA5B0E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="003A378F"/>
+    <w:rsid w:val="00BA5B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...1 lines deleted...]
-    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00BA5B0E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="003A378F"/>
+    <w:rsid w:val="00E32C89"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...4 lines deleted...]
-    <w:rsid w:val="003A378F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E32C89"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="003A378F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="536044987">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3086,54 +4626,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2007</Words>
-  <Characters>11445</Characters>
+  <Words>1968</Words>
+  <Characters>11220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13426</CharactersWithSpaces>
+  <CharactersWithSpaces>13162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>