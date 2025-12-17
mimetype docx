--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,3154 +1,4907 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5807"/>
-        <w:gridCol w:w="3745"/>
+        <w:gridCol w:w="5636"/>
+        <w:gridCol w:w="3634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 179 бұйрығына 2-қосымша</w:t>
+              <w:t>от 8 апреля 2015 года № 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="003B2EAE">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z37"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача разрешения на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в организациях основного среднего, общего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="003B2EAE">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Ескерту. Стандарт жаңа редакцияда - ҚР Білім және ғылым министрінің 22.01.2016 № 68 (01.03.2016 бастап күшіне енеді) бұйрығымен.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve">       Сноска. Стандарт в редакции приказа Министра образования и науки РК от 22.01.2016 № 68 (вводится в действие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01.03.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z38"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  1. Жалпы ережелер</w:t>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z82"/>
+        <w:t xml:space="preserve">  1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z39"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z83"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z40"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C64899">
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z41"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами городов Астаны и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.egov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z42"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...236 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z43"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) с момента сдачи пакета документов в Государственную корпорацию, а также при обращении на портал - 15 рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучения в форме экстерната подается не позднее 1 декабря текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z44"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z45"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Результатом оказания государственной услуги является выписка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>из приказа о разрешении на обучение в форме экстерната в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основного среднего, общего среднего образования по форме согласно приложению 1 к настоящему стандарту государственной услуги (далее – приложение 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за получением результата оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме согласно приложению 1, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении на портал результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: электронная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z46"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z47"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – с понедельника по пятницу включительно, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы, с перерывом на обед с 13.00 до 14.30 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) Государственной корпорации – с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственная </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услуга</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается по месту нахождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, также посредством "бронирования" электронной очереди на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z48"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, либо законного представителя с подтверждающим документом):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заявление на обучение в форме экстерната по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2) заключение врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) справка о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае выезда обучающегося с родителями или лиц их заменяющих за рубеж; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) документ на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае выезда обучающегося за рубеж без сопровождения родителей или лиц их заменяющих; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года) при наличии копии удостоверения личности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оригинал требуется для идентификации личности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление в форме электронного запроса, подписанного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) электронная копия заключения врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697) - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) электронная копия справки о временном проживании за рубежом родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или лиц, их заменяющих, в случае выезда обучающегося с родителями или лиц их заменяющих за рубеж; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) электронная копия документа на имя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающий его обучение за рубежом, в случае выезда обучающегося за рубеж без сопровождения родителей или лиц их заменяющих; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) электронная копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, свидетельстве о рождении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>произведенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, предоставляются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z49"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z50"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z51"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) порталдың - жөндеу жұмыстарының жүргізілуіне байланысты болған техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінде жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күнінде жүзеге асырылады).";</w:t>
-[...302 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve">      11. В случае обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, адрес которого размещен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается с указанием фамилии, имени, отчества (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, адреса, контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в журнале регистрации канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействия) работников Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.con.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации, Министерства, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Информация о порядке обжалования предоставляется посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указываются его фамилия, имя, отчество (при его наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получить информацию о порядке обжалования по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z52"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z53"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...256 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve"> 4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z97"/>
+        <w:t>оказания государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z54"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00C64899">
-[...83 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="z100"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z55"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.con.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z56"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z57"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00C64899">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       17. Анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсының "Мемлекеттік көрсетілетін қызмет" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 8-800-080-7777, 1414. </w:t>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "личного кабинета" портала, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z58"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800- 080-7777, 1414.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5811"/>
-        <w:gridCol w:w="3741"/>
+        <w:gridCol w:w="5565"/>
+        <w:gridCol w:w="3705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқытуға рұқсат беру" мемлекеттік</w:t>
+              <w:t>"Выдача разрешения на обучение</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет стандартына</w:t>
+              <w:t>в форме экстерната в организациях</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1-қосымша</w:t>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="003B2EAE">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">             Нысан </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve">       Форма               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру туралы бұйрықтан үзінді  </w:t>
-[...57 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t xml:space="preserve"> Выписка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Уникальный номер:___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Дата и время получения:___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВЫПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      из приказа о разрешении на обучение в форме экстерната </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Гражданин</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">):____________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Ф. И. О. (при его</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...112 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, индивидуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Дата обращения:_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Выписка из приказа о разрешении на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      в организациях основного среднего, общего среднего образования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...6 lines deleted...]
-        <w:t>(жауапты тұлғаның Т.А.Ә.(бар болса), лауазымы)</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа №___________ от __________ _____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Выписка удостоверена ЭЦП ответственного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (должность, Ф.И.О. (при его наличии) ответственного лица)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5811"/>
-        <w:gridCol w:w="3741"/>
+        <w:gridCol w:w="5565"/>
+        <w:gridCol w:w="3705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқытуға рұқсат беру" мемлекеттік</w:t>
+              <w:t>"Выдача разрешения на обучение</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет стандартына</w:t>
+              <w:t>в форме экстерната в организациях</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+    </w:tbl>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Кому: Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                    Наименование местного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                   исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      От: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                 Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                                 полностью индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иденцификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу выдать разрешение на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      в ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (указать наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в соответствии с подпунктом 24-4) пункта 2 статьи 6 (подпунктом 25-7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        пункта 3 или подпунктом 21-3) пункта 4 статьи 6) Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Казахстан от 27 июля 2007 года "Об образовании", а также с пунктом 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      государственных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" на ученика:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Ф. И. О. (при его наличии) ученика, дата рождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" ________________20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5565"/>
+        <w:gridCol w:w="3705"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
-[...254 lines deleted...]
-          <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="00131CB1">
+          <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="00131CB1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C64899">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында</w:t>
+              <w:t>"Выдача разрешения на обучение</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқытуға рұқсат беру" мемлекеттік</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>в форме экстерната в организациях</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет стандартына</w:t>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
+            <w:r w:rsidRPr="00D57C3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
-[...64 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003B2EAE" w:rsidRPr="00C64899" w:rsidRDefault="003B2EAE" w:rsidP="003B2EAE">
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       Нысан </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C64899">
+        <w:t>      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Ф. И. О. (при его наличии), либо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...270 lines deleted...]
-      <w:pgNumType w:start="1"/>
+        <w:t xml:space="preserve"> Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь подпунктом 2 статьи 20 Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____ филиала Государственной корпорации "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (указать адрес) отказывает в приеме документов на оказание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(указать наименование государственной услуги в соответствии со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      стандартом государственной услуги) ввиду представления Вами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      неполного пакета документов согласно перечню, предусмотренному</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящая расписка составлена в 2-х экземплярах по одному </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ф. И. О. (при его наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Государственной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      корпорации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (подпись) Исполнитель: Ф. И. О. (при наличии отчества)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Телефон______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D681A" w:rsidRPr="00D57C3F" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получил: Ф.И.О. (при его наличии) / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D4B32" w:rsidRDefault="004D681A" w:rsidP="004D681A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" ______________________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F407EE" w:rsidRDefault="00F407EE"/>
+    <w:sectPr w:rsidR="00F407EE" w:rsidSect="00F407EE">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="DejaVu Sans">
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...125 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="5B8972EA"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="4CEC5962">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000001"/>
+    <w:name w:val="WW8Num1"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1648" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="2368" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3088" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3808" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="4528" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5248" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5968" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6688" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="66"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000D19F5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CB7C87"/>
+    <w:rsidRoot w:val="009D4B32"/>
+    <w:rsid w:val="004D681A"/>
+    <w:rsid w:val="00571E18"/>
+    <w:rsid w:val="009D4B32"/>
+    <w:rsid w:val="00F407EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3169,83 +4922,82 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="header" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3293,131 +5045,159 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000D19F5"/>
+    <w:rsid w:val="009D4B32"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:qFormat/>
-    <w:rsid w:val="000D19F5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D4B32"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="009D4B32"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...17 lines deleted...]
-    <w:rsid w:val="000D19F5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-[...2 lines deleted...]
-    <w:rsid w:val="000D19F5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="009D4B32"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="199439840">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3664,54 +5444,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2455</Words>
-  <Characters>13997</Characters>
+  <Words>2446</Words>
+  <Characters>13943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>116</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16420</CharactersWithSpaces>
+  <CharactersWithSpaces>16357</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>