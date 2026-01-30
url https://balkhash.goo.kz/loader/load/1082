--- v0 (2025-12-10)
+++ v1 (2026-01-30)
@@ -1,3814 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="006A38B8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006A38B8">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00116664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Көрсетілген</w:t>
-[...197 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Порядок обжалования в случаях несогласия с результатами оказанной государственной услуги</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
+      <w:r w:rsidRPr="00116664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1.  «</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="006A38B8">
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги жалоба подается на имя руководителя ГУ «Отдел образования</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...850 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Балхаша», ответственного за организацию оказания государственной услуги, наименование, график работы, юридические адреса, телефоны, адреса электронной почты размещены на главной странице официального сайта отдела, а также в 6 пункте данного порядка обжалования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
-[...6 lines deleted...]
-        <w:t>2.  </w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. В случаях некорректного обслуживания жалоба подается на имя руководителя ГУ «Отдел образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Балхаша», номер кабинета которого указан на официальном сайте и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006A38B8">
-[...6 lines deleted...]
-        <w:t>Қызмет</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наинформационном</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006A38B8">
-[...646 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стенде отдела. График работы руководителя отдела размещен на главной странице официального сайта отдела.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
-[...317 lines deleted...]
-        <w:t xml:space="preserve"> бар.</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. В случаях несогласия с результатами оказанной государственной услуги потребитель имеет право обратиться в суд в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
-[...686 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. В жалобе физического лица указываются его фамилия, имя, отчество, почтовый адрес. Жалоба должна быть подписана потребителем. При подаче жалобы указываются наименование органа или должностное лицо, чьи действия обжалуются, мотивы обращения и требования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
-[...486 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Потребителю, обратившемуся с письменной жалобой, выдается талон с указанием даты и времени получения ответа, контактных данных должностных лиц, у которых можно узнать о ходе рассмотрения жалобы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A38B8" w:rsidRPr="006A38B8" w:rsidRDefault="006A38B8" w:rsidP="00A351A8">
+    <w:p w:rsidR="00116664" w:rsidRPr="00116664" w:rsidRDefault="00116664" w:rsidP="00116664">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A38B8">
-[...6 lines deleted...]
-        <w:t>6.  «</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Адрес ГУ ««Отдел образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Балхаша»»: 100300, город Балхаш, улица</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006A38B8">
-[...6 lines deleted...]
-        <w:t>Балқаш</w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уалиханова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006A38B8">
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, дом № 5, интернет</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006A38B8">
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="00A351A8">
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурс:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...227 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00A351A8">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00A351A8">
+        <w:r w:rsidRPr="00116664">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.balkhash.goo.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006A38B8">
-[...6 lines deleted...]
-        <w:t>  </w:t>
+      <w:r w:rsidRPr="00116664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00504103" w:rsidRPr="00A351A8" w:rsidRDefault="00504103" w:rsidP="00A351A8">
+    <w:p w:rsidR="001C658E" w:rsidRPr="00116664" w:rsidRDefault="001C658E">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00504103" w:rsidRPr="00A351A8">
+    <w:sectPr w:rsidR="001C658E" w:rsidRPr="00116664">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004C2141"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CA3ABF"/>
+    <w:rsidRoot w:val="00C31B94"/>
+    <w:rsid w:val="00116664"/>
+    <w:rsid w:val="001C658E"/>
+    <w:rsid w:val="00C31B94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3958,132 +589,132 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4214,302 +845,302 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="00116664"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1883321708">
+    <w:div w:id="1620532736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1717654890">
+        <w:div w:id="1200317686">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2046787513">
+            <w:div w:id="1780106604">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="932978246">
+                <w:div w:id="1581139332">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1484083415">
+            <w:div w:id="304966065">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="368654596">
+                <w:div w:id="288635034">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1094473518">
+                    <w:div w:id="1587760574">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="508371935">
+                        <w:div w:id="1705204238">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="847867492">
+                            <w:div w:id="1213467021">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="511338264">
+                                <w:div w:id="2099667890">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="490025721">
+                                    <w:div w:id="1853181737">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.balkhash.goo.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://balkhash.goo.kz/content/view/1/993?lang=kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.balkhash.goo.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4758,54 +1389,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>255</Words>
-  <Characters>1459</Characters>
+  <Words>234</Words>
+  <Characters>1339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1711</CharactersWithSpaces>
+  <CharactersWithSpaces>1570</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>